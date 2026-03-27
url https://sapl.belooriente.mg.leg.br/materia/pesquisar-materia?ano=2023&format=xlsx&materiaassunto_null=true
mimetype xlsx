--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -51,161 +51,161 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre atendimento prioritário aos advogados que estiverem representando os interesses dos clientes nas instituições que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Hamilton Rômulo de Menezes Carvalho</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação de cargos junto ao plano de cargos, carreiras e vencimentos e plano de cargos, carreiras e vencimentos do magisterio da Prefeitura Municipal de Belo Oriente (MG), e dá outras providências.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Dispõe sobre a consolidação e criação de cargos de agentes comunitários de saúde e de combate à endemias, e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da unidade do PSF II - Programa de Saúde da Família, localizado no bairro Brauninha, Distrito de São Sebastião de Braúnas e dá outras providências.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº: 17/2023_x000D_
 "Acresce dispositivo na Lei Municipal nº 1.201, de 30 de dezembro de 2014, que dispõe sobrea Organização Administrativa da Prefeitura Municipal de Belo Oriente, e dá outras providências.”</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/22/proj_18.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/22/proj_18.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 18/2023._x000D_
 “Autoriza o Município de Belo Oriente abrir crédito adicional especial, e dá outras providências”.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Tião Faria</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/25/proj_lei_19.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/25/proj_lei_19.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e utilização do cartão de identificação das pessoas com deficiência e transtornos ocultos e da instituição do cordão de girassol como símbolo de reconhecimento de pessoas com deficiência oculta ou transtorno oculto que visa priorizar o atendimento no Município e dá outras providências</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/27/proj_20.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/27/proj_20.docx</t>
   </si>
   <si>
     <t>De iniciativa do Executivo Municipal, o Projeto de Lei epigrafado “Cria o Fundo Municipal de Saneamento Básico e o Conselho Municipal de Saneamento Básico, e dá outras providências.”</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Excepciona os prazos previstos na Lei Municipal n.º: 1.522, de 14 de setembro de 2022, que dispõe sobre a escolha, mediante eleição direta, de Diretores e Vice-diretores das Escolas da Rede Municipal de Ensino de Belo Oriente, e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação e compatibilização dos anexos fiscais constantes da lei de Diretrizes Orçamentárias para 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/39/red_fin2.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/39/red_fin2.docx</t>
   </si>
   <si>
     <t>Altera o § 4° do art. 15 da Lei Municipal n.º: 1.347, de 04 (quatro) de maio de 2018, que estabelece diretrizes municipais para o Saneamento Básico, e dá outras providências.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Nacife Menezes</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadania honorária e dá outras providências.</t>
   </si>
   <si>
     <t>Diro</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Fá</t>
   </si>
@@ -238,146 +238,146 @@
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requer dispensa dos interstícios regimentais entre as votações das matérias em pauta</t>
   </si>
   <si>
     <t>Diou</t>
   </si>
   <si>
     <t>O vereador que a este subscreve, requer na forma regimental, dispensa dos interticios, regimentais entre as votações dos projetos de lei nºs 14 e 16/2023, na reunião extraordinária deste dia 13/07/2023._x000D_
 _x000D_
 O objetivo deste requerimento é dar maior celeridade aos trâmites das matérias nesse poder.</t>
   </si>
   <si>
     <t>O VEREDADOR QUE A ESTE SUBSCREVE, REQUER NA FORMA REGIMENTAL, DISPENSA DOS INTERTÍCIOS REGIMENTAIS</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/21/req._disp_interst.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/21/req._disp_interst.docx</t>
   </si>
   <si>
     <t>A vereadora que a este subscreve, REQUER, na forma regimental, DISPENSA DOS INSTERSTÍCIOS REGIMENTAIS, entre as votações da matéria em pauta, (Projeto de Lei nº 18/2023), nesta reunião ordinária deste dia 15/08/2023._x000D_
 O objetivo deste Requerimento é dar maior celeridade aos trâmites das matérias neste Poder.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>EQUERIMENTO Nº 16/2023, QUE REQUER DISPENSA DOS INTERSTICIOS REGIMENTAIS ENTRE AS VOTAÇÕES DAS MATERIAS EM PAUTA</t>
   </si>
   <si>
     <t>A vereadora que a este subscreve, REQUER, na forma regimental, DISPENSA DOS INSTERSTÍCIOS REGIMENTAIS, entre as votações da matéria em pauta, (Projeto de Lei nº 20/2023), nesta reunião ordinária deste dia 18/09/2023._x000D_
 O objetivo deste Requerimento é dar maior celeridade aos trâmites das matérias neste Poder.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/34/req_disp_interst1.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/34/req_disp_interst1.docx</t>
   </si>
   <si>
     <t>Requerimento Disp Inter.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/38/req_disp_interst2.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/38/req_disp_interst2.docx</t>
   </si>
   <si>
     <t>REQ DISP INTERTIST</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata das Sessões Legislativas</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ata_.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ata_.docx</t>
   </si>
   <si>
     <t>ATA REUNIÃO ORDINÁRIA DO DIA 01/06/2023</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/9/ata_reun_01-06.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/9/ata_reun_01-06.docx</t>
   </si>
   <si>
     <t>ATA DA 10ª REUNIÃO ORDINÁRIA DIA 15/06/2023</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DO DIA 03/07/2023.</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/17/ata_da_reuniao_ordinaria_do_dia_03.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/17/ata_da_reuniao_ordinaria_do_dia_03.docx</t>
   </si>
   <si>
     <t>ATA REUNIÃO ORDINÁRIA DO DIA 03</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ata_da_reuniao_ordinaria_do_dia_031.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ata_da_reuniao_ordinaria_do_dia_031.docx</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DO DIA 01/08/2023</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/23/ata_da_reuniao_ordinaria_do_dia_032.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/23/ata_da_reuniao_ordinaria_do_dia_032.docx</t>
   </si>
   <si>
     <t>Ata da Reunião Ordinária do dia 15 de agosto de 2023</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>ATA DA REUNIÃO ORDINÁRIA DO DIA 01/09/2023</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ata_da_reuniao_ordinaria_do_dia_03.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ata_da_reuniao_ordinaria_do_dia_03.docx</t>
   </si>
   <si>
     <t>Ata da Reunião Ordinária</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/35/ata_da_reuniao_ordinaria_do_dia_031.docx</t>
+    <t>http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/35/ata_da_reuniao_ordinaria_do_dia_031.docx</t>
   </si>
   <si>
     <t>Ata Reunião Ordinária do dia 02/10/2023</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Ata da Reunião Extraordinária 07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -690,68 +690,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/22/proj_18.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/25/proj_lei_19.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/27/proj_20.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/39/red_fin2.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/21/req._disp_interst.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/34/req_disp_interst1.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/38/req_disp_interst2.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ata_.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/9/ata_reun_01-06.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/17/ata_da_reuniao_ordinaria_do_dia_03.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ata_da_reuniao_ordinaria_do_dia_031.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/23/ata_da_reuniao_ordinaria_do_dia_032.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ata_da_reuniao_ordinaria_do_dia_03.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/35/ata_da_reuniao_ordinaria_do_dia_031.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/22/proj_18.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/25/proj_lei_19.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/27/proj_20.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/39/red_fin2.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/21/req._disp_interst.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/34/req_disp_interst1.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/38/req_disp_interst2.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ata_.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/9/ata_reun_01-06.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/17/ata_da_reuniao_ordinaria_do_dia_03.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ata_da_reuniao_ordinaria_do_dia_031.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/23/ata_da_reuniao_ordinaria_do_dia_032.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ata_da_reuniao_ordinaria_do_dia_03.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/sapl/public/materialegislativa/2023/35/ata_da_reuniao_ordinaria_do_dia_031.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belooriente.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>